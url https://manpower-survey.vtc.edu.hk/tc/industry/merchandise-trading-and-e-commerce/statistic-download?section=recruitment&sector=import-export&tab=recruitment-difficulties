--- v0 (2025-12-15)
+++ v1 (2026-02-05)
@@ -4,82 +4,82 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="L1_Recruit (A)_TC" sheetId="1" r:id="rId4"/>
+    <sheet name="L1_Recruit (B)_TC" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="8">
   <si>
     <t>圖表名稱:招聘困難</t>
   </si>
   <si>
     <t>行業名稱:出入口</t>
   </si>
   <si>
     <t>第一</t>
   </si>
   <si>
-    <t>應徵者缺乏相關經驗</t>
+    <t>與其他行業之競爭：薪酬及福利制度</t>
   </si>
   <si>
     <t>第二</t>
   </si>
   <si>
-    <t>應徵者並無相關技能 / 知識</t>
+    <t>應徵者並無相關技能 / 經驗</t>
   </si>
   <si>
     <t>第三</t>
   </si>
   <si>
-    <t>應徵者未具相關學歷</t>
+    <t>與其他行業之競爭：工作條件（例如：工作時間，輪班工作）</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -471,51 +471,51 @@
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>L1_Recruit (A)_TC</vt:lpstr>
+      <vt:lpstr>L1_Recruit (B)_TC</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>