--- v0 (2025-12-05)
+++ v1 (2026-03-20)
@@ -1,82 +1,101 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
-    <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
+    <workbookView activeTab="2" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="L1_Recruit_TC" sheetId="1" r:id="rId4"/>
+    <sheet name="L1_Recruit (A)_TC" sheetId="1" r:id="rId4"/>
+    <sheet name="L1_Recruit (B)_TC" sheetId="2" r:id="rId5"/>
+    <sheet name="L1_Recruit (C)_TC" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="7">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="12">
   <si>
     <t>圖表名稱:招聘困難</t>
   </si>
   <si>
+    <t>行業名稱:銀行</t>
+  </si>
+  <si>
     <t>第一</t>
   </si>
   <si>
     <t>缺乏具相關經驗及訓練的職位申請人</t>
   </si>
   <si>
     <t>第二</t>
   </si>
   <si>
     <t>服務條件╱薪酬未能符合求職者的要求</t>
   </si>
   <si>
     <t>第三</t>
   </si>
   <si>
-    <t>專上院校有關學系（例如工商管理、銀行及金融等）畢業生人數不足</t>
+    <t>香港勞工短缺情況普遍</t>
+  </si>
+  <si>
+    <t>行業名稱:證券及資產管理公司</t>
+  </si>
+  <si>
+    <t>缺乏申請人</t>
+  </si>
+  <si>
+    <t>行業名稱:其他金融機構</t>
+  </si>
+  <si>
+    <t>Note :其他金融機構包括投資及控股公司、私人貸款及有關公司、商品期貨及貴金屬經紀／交易商、股票、黃金及期貨交易公司，以及銀行及金融業內的法定機構、兌換商及外匯經紀／交易商及其他與金融有關的公司。</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -101,51 +120,51 @@
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -393,121 +412,257 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+</file>
+
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:B6"/>
+  <sheetViews>
+    <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
+      <selection activeCell="A4" sqref="A4:B6"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
+  <cols>
+    <col min="1" max="1" width="12" customWidth="true" style="0"/>
+    <col min="2" max="2" width="12" customWidth="true" style="0"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:2">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2" spans="1:2">
+      <c r="A2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2">
+      <c r="A4" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2">
+      <c r="A5" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="6" spans="1:2">
+      <c r="A6" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+  </sheetData>
+  <printOptions gridLines="false" gridLinesSet="true"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+  </sheetPr>
+  <dimension ref="A1:B6"/>
+  <sheetViews>
+    <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
+      <selection activeCell="A4" sqref="A4:B6"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
+  <cols>
+    <col min="1" max="1" width="12" customWidth="true" style="0"/>
+    <col min="2" max="2" width="12" customWidth="true" style="0"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:2">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2" spans="1:2">
+      <c r="A2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2">
+      <c r="A4" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2">
+      <c r="A5" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="6" spans="1:2">
+      <c r="A6" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>5</v>
+      </c>
+    </row>
+  </sheetData>
+  <printOptions gridLines="false" gridLinesSet="true"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+  </sheetPr>
+  <dimension ref="A1:B8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A4" sqref="A4:B6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="0"/>
     <col min="2" max="2" width="12" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
+    <row r="2" spans="1:2">
+      <c r="A2" t="s">
+        <v>10</v>
+      </c>
+    </row>
     <row r="4" spans="1:2">
       <c r="A4" s="1" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" s="1" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" s="1" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>6</v>
+        <v>9</v>
+      </c>
+    </row>
+    <row r="8" spans="1:2">
+      <c r="A8" t="s">
+        <v>11</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>L1_Recruit_TC</vt:lpstr>
+    <vt:vector size="3" baseType="lpstr">
+      <vt:lpstr>L1_Recruit (A)_TC</vt:lpstr>
+      <vt:lpstr>L1_Recruit (B)_TC</vt:lpstr>
+      <vt:lpstr>L1_Recruit (C)_TC</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>