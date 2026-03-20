--- v0 (2025-12-05)
+++ v1 (2026-03-20)
@@ -14,197 +14,200 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="1" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="L1_Income (A)_TC" sheetId="1" r:id="rId4"/>
     <sheet name="L2_Income (A)_TC" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>圖表名稱:每月薪酬</t>
   </si>
   <si>
     <t>行業名稱:銀行</t>
   </si>
   <si>
     <t>收入幅度</t>
   </si>
   <si>
-    <t>$10,000 以下</t>
+    <t>$100,000 以上</t>
+  </si>
+  <si>
+    <t>4.1%</t>
+  </si>
+  <si>
+    <t>3.7%</t>
+  </si>
+  <si>
+    <t>$80,001 - $100,000</t>
+  </si>
+  <si>
+    <t>8.8%</t>
+  </si>
+  <si>
+    <t>5.4%</t>
+  </si>
+  <si>
+    <t>$50,001 - $80,000</t>
+  </si>
+  <si>
+    <t>23.7%</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>$35,001 - $50,000</t>
+  </si>
+  <si>
+    <t>21.4%</t>
+  </si>
+  <si>
+    <t>$25,001 - $35,000</t>
+  </si>
+  <si>
+    <t>19.6%</t>
+  </si>
+  <si>
+    <t>$15,001 - $25,000</t>
+  </si>
+  <si>
+    <t>22.3%</t>
+  </si>
+  <si>
+    <t>$15,000 或以下</t>
+  </si>
+  <si>
+    <t>0.1%</t>
+  </si>
+  <si>
+    <t>$60,001 - $80,000</t>
+  </si>
+  <si>
+    <t>6.8%</t>
+  </si>
+  <si>
+    <t>$40,001 - $60,000</t>
+  </si>
+  <si>
+    <t>13.2%</t>
+  </si>
+  <si>
+    <t>$30,001 - $40,000</t>
+  </si>
+  <si>
+    <t>17.1%</t>
+  </si>
+  <si>
+    <t>$20,001 - $30,000</t>
+  </si>
+  <si>
+    <t>19.1%</t>
+  </si>
+  <si>
+    <t>$10,001 - $20,000</t>
+  </si>
+  <si>
+    <t>33.4%</t>
+  </si>
+  <si>
+    <t>$10,000 或以下</t>
   </si>
   <si>
     <t>1.2%</t>
   </si>
   <si>
-    <t>0.1%</t>
-[...64 lines deleted...]
-  <si>
     <t>Note :數字不包括其他輔助人員。</t>
   </si>
   <si>
     <t>經理</t>
   </si>
   <si>
     <t>主管／主任</t>
   </si>
   <si>
     <t>文員</t>
   </si>
   <si>
     <t>0.0%</t>
   </si>
   <si>
-    <t>3.1%</t>
-[...46 lines deleted...]
-  <si>
     <t>0.3%</t>
+  </si>
+  <si>
+    <t>2.7%</t>
+  </si>
+  <si>
+    <t>82.8%</t>
+  </si>
+  <si>
+    <t>39.9%</t>
+  </si>
+  <si>
+    <t>15.6%</t>
+  </si>
+  <si>
+    <t>8.2%</t>
+  </si>
+  <si>
+    <t>46.8%</t>
+  </si>
+  <si>
+    <t>1.3%</t>
+  </si>
+  <si>
+    <t>55.8%</t>
+  </si>
+  <si>
+    <t>10.1%</t>
+  </si>
+  <si>
+    <t>24.3%</t>
+  </si>
+  <si>
+    <t>0.5%</t>
+  </si>
+  <si>
+    <t>11.6%</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -530,337 +533,378 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C14"/>
+  <dimension ref="A1:C19"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A4" sqref="A4:C12"/>
+      <selection activeCell="A4" sqref="A4:C17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="0"/>
     <col min="2" max="2" width="12" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="1">
+        <v>2025</v>
+      </c>
+      <c r="C4" s="1">
         <v>2021</v>
-      </c>
-[...1 lines deleted...]
-        <v>2017</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="B9" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="B9" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="1" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3">
+      <c r="A13" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3">
+      <c r="A14" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="B12" s="1" t="s">
+      <c r="B14" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="C14" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C12" s="1" t="s">
+    </row>
+    <row r="15" spans="1:3">
+      <c r="A15" s="1" t="s">
         <v>26</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A14" t="s">
+      <c r="B15" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="C15" s="1" t="s">
         <v>27</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3">
+      <c r="A16" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3">
+      <c r="A17" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" t="s">
+        <v>32</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D12"/>
+  <dimension ref="A1:D11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A4" sqref="A4:D12"/>
+      <selection activeCell="A4" sqref="A4:D11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="0"/>
     <col min="2" max="2" width="12" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="12" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="1" t="s">
-        <v>3</v>
+        <v>18</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="1" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="1" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>35</v>
+        <v>19</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="1" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="1" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="1" t="s">
-        <v>21</v>
+        <v>3</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>31</v>
-[...13 lines deleted...]
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>