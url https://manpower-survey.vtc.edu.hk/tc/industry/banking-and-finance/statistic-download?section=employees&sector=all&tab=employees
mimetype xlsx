--- v0 (2025-12-05)
+++ v1 (2026-03-20)
@@ -36,251 +36,242 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="12" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="L1_Employees_TC" sheetId="1" r:id="rId4"/>
     <sheet name="L2_Employees (A)_TC" sheetId="2" r:id="rId5"/>
     <sheet name="L2_Change (A)_TC" sheetId="3" r:id="rId6"/>
     <sheet name="L2_Change (A)_2_TC" sheetId="4" r:id="rId7"/>
     <sheet name="L2_Prominent_Job (A)_TC" sheetId="5" r:id="rId8"/>
     <sheet name="L2_Employees (B)_TC" sheetId="6" r:id="rId9"/>
     <sheet name="L2_Change (B)_TC" sheetId="7" r:id="rId10"/>
     <sheet name="L2_Change (B)_2_TC" sheetId="8" r:id="rId11"/>
     <sheet name="L2_Prominent_Job (B)_TC" sheetId="9" r:id="rId12"/>
     <sheet name="L2_Employees (C)_TC" sheetId="10" r:id="rId13"/>
     <sheet name="L2_Change (C)_TC" sheetId="11" r:id="rId14"/>
     <sheet name="L2_Change (C)_2_TC" sheetId="12" r:id="rId15"/>
     <sheet name="L2_Prominent_Job (C)_TC" sheetId="13" r:id="rId16"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
   <si>
     <t>圖表名稱:僱員</t>
   </si>
   <si>
     <t>職級</t>
   </si>
   <si>
     <t>僱員</t>
   </si>
   <si>
     <t>經理</t>
   </si>
   <si>
     <t>主管／主任</t>
   </si>
   <si>
     <t>文員</t>
   </si>
   <si>
     <t>其他輔助員工</t>
   </si>
   <si>
     <t>總數</t>
   </si>
   <si>
     <t>圖表名稱:按門類劃分的僱員</t>
   </si>
   <si>
     <t>行業名稱:銀行</t>
   </si>
   <si>
     <t>門類</t>
   </si>
   <si>
     <t>持牌銀行</t>
   </si>
   <si>
     <t>有限制牌照銀行</t>
   </si>
   <si>
     <t>外國銀行代表辦事處</t>
   </si>
   <si>
     <t>接受存款公司</t>
   </si>
   <si>
     <t>圖表名稱:按職級劃分的僱員人數變化</t>
   </si>
   <si>
-    <t>與2017年相比之按年變化</t>
-[...11 lines deleted...]
-    <t>+0.2%</t>
+    <t>與2021年相比之按年變化</t>
+  </si>
+  <si>
+    <t>0.6%</t>
+  </si>
+  <si>
+    <t>-1.7%</t>
+  </si>
+  <si>
+    <t>-2.0%</t>
+  </si>
+  <si>
+    <t>-2.9%</t>
   </si>
   <si>
     <t>整體</t>
   </si>
   <si>
-    <t>+0.8%</t>
+    <t>-1.1%</t>
   </si>
   <si>
     <t>圖表名稱:按門類劃分的僱員人數變化</t>
   </si>
   <si>
-    <t>-3.5%</t>
-[...5 lines deleted...]
-    <t>+5.1%</t>
+    <t>-3.0%</t>
+  </si>
+  <si>
+    <t>-8.8%</t>
+  </si>
+  <si>
+    <t>0.9%</t>
   </si>
   <si>
     <t>圖表名稱:最多僱員數目的職位</t>
   </si>
   <si>
     <t>第一</t>
   </si>
   <si>
+    <t>第二</t>
+  </si>
+  <si>
     <t>櫃檯員</t>
   </si>
   <si>
-    <t>第二</t>
-[...1 lines deleted...]
-  <si>
     <t>第三</t>
   </si>
   <si>
+    <t>營運主任</t>
+  </si>
+  <si>
+    <t>第四</t>
+  </si>
+  <si>
     <t>客戶服務主任╱客戶關係主任— 個人銀行</t>
   </si>
   <si>
-    <t>第四</t>
-[...4 lines deleted...]
-  <si>
     <t>第五</t>
   </si>
   <si>
-    <t>經理—分行</t>
+    <t>客戶關係主任—企業銀行╱商業銀行╱財務機構╱國外同業部</t>
   </si>
   <si>
     <t>行業名稱:證券及資產管理公司</t>
   </si>
   <si>
     <t>證券經紀公司</t>
   </si>
   <si>
-    <t>投資顧問／資產管理公司</t>
-[...17 lines deleted...]
-    <t>+5.2%</t>
+    <t>資產管理公司</t>
+  </si>
+  <si>
+    <t>-0.3%</t>
+  </si>
+  <si>
+    <t>0.3%</t>
+  </si>
+  <si>
+    <t>1.2%</t>
+  </si>
+  <si>
+    <t>-0.1%</t>
+  </si>
+  <si>
+    <t>客戶主任╱營業主任</t>
   </si>
   <si>
     <t>交易助理</t>
   </si>
   <si>
-    <t>客戶主任╱營業主任</t>
-[...1 lines deleted...]
-  <si>
     <t>財務顧問代表╱個人財務顧問</t>
   </si>
   <si>
     <t>投資主任</t>
   </si>
   <si>
     <t>行業名稱:其他金融機構</t>
   </si>
   <si>
     <t>投資及控股公司</t>
   </si>
   <si>
     <t>私人貸款及有關公司</t>
   </si>
   <si>
-    <t>商品期貨（包括金融期貨）及貴金屬經紀／交易商</t>
+    <t>商品期貨及貴金屬經紀／交易商</t>
   </si>
   <si>
     <t>股票、黃金及期貨交易公司，以及銀行及金融業內的法定機構</t>
   </si>
   <si>
     <t>兌換商及外匯經紀／交易商</t>
   </si>
   <si>
     <t>其他與金融有關的公司</t>
   </si>
   <si>
-    <t>+4.5%</t>
-[...17 lines deleted...]
-    <t>+4.7%</t>
+    <t>-1.3%</t>
+  </si>
+  <si>
+    <t>1.3%</t>
+  </si>
+  <si>
+    <t>-0.9%</t>
+  </si>
+  <si>
+    <t>0.4%</t>
+  </si>
+  <si>
+    <t>-0.4%</t>
+  </si>
+  <si>
+    <t>-3.4%</t>
+  </si>
+  <si>
+    <t>0.8%</t>
+  </si>
+  <si>
+    <t>信貸╱放款主任</t>
   </si>
   <si>
     <t>出納員</t>
-  </si>
-[...4 lines deleted...]
-    <t>行政總裁╱營運總監╱  首席財務官╱常務董事╱總經理╱執行董事</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -680,537 +671,537 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="0"/>
     <col min="2" max="2" width="12" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1">
-        <v>50010</v>
+        <v>50095</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1">
-        <v>72821</v>
+        <v>71297</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="1">
-        <v>45334</v>
+        <v>43737</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="1">
-        <v>6894</v>
+        <v>6363</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="1">
-        <v>175059</v>
+        <v>171492</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E10"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A4" sqref="A4:E10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="0"/>
     <col min="2" max="2" width="12" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="12" customWidth="true" style="0"/>
     <col min="5" max="5" width="12" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="1" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B5" s="1">
-        <v>1613</v>
+        <v>1460</v>
       </c>
       <c r="C5" s="1">
-        <v>1597</v>
+        <v>1963</v>
       </c>
       <c r="D5" s="1">
-        <v>975</v>
+        <v>929</v>
       </c>
       <c r="E5" s="1">
-        <v>254</v>
+        <v>258</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="1" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B6" s="1">
-        <v>1519</v>
+        <v>1455</v>
       </c>
       <c r="C6" s="1">
-        <v>2093</v>
+        <v>2263</v>
       </c>
       <c r="D6" s="1">
-        <v>1619</v>
+        <v>1817</v>
       </c>
       <c r="E6" s="1">
-        <v>312</v>
+        <v>208</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="1" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="B7" s="1">
-        <v>576</v>
+        <v>537</v>
       </c>
       <c r="C7" s="1">
-        <v>1001</v>
+        <v>984</v>
       </c>
       <c r="D7" s="1">
-        <v>865</v>
+        <v>838</v>
       </c>
       <c r="E7" s="1">
-        <v>21</v>
+        <v>66</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="1" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B8" s="1">
-        <v>978</v>
+        <v>975</v>
       </c>
       <c r="C8" s="1">
-        <v>1249</v>
+        <v>1236</v>
       </c>
       <c r="D8" s="1">
-        <v>590</v>
+        <v>576</v>
       </c>
       <c r="E8" s="1">
-        <v>1069</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="1" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B9" s="1">
-        <v>300</v>
+        <v>268</v>
       </c>
       <c r="C9" s="1">
-        <v>699</v>
+        <v>574</v>
       </c>
       <c r="D9" s="1">
-        <v>2097</v>
+        <v>1863</v>
       </c>
       <c r="E9" s="1">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="1" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B10" s="1">
-        <v>5561</v>
+        <v>5305</v>
       </c>
       <c r="C10" s="1">
-        <v>10330</v>
+        <v>10818</v>
       </c>
       <c r="D10" s="1">
-        <v>4305</v>
+        <v>4798</v>
       </c>
       <c r="E10" s="1">
-        <v>848</v>
+        <v>809</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C9"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A4" sqref="A4:C9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="0"/>
     <col min="2" max="2" width="12" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1">
-        <v>10547</v>
+        <v>10000</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1">
-        <v>16969</v>
+        <v>17838</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="1">
-        <v>10451</v>
+        <v>10821</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="1">
-        <v>2514</v>
+        <v>2427</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="1">
-        <v>40481</v>
+        <v>41086</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C11"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A4" sqref="A4:C11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="0"/>
     <col min="2" max="2" width="12" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B5" s="1">
-        <v>4439</v>
+        <v>4610</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>60</v>
+        <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B6" s="1">
-        <v>5543</v>
+        <v>5743</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>61</v>
+        <v>26</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="B7" s="1">
-        <v>2463</v>
+        <v>2425</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B8" s="1">
-        <v>3886</v>
+        <v>3872</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B9" s="1">
-        <v>3106</v>
+        <v>2706</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>18</v>
+        <v>60</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B10" s="1">
-        <v>21044</v>
+        <v>21730</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B11" s="1">
-        <v>40481</v>
+        <v>41086</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:B8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A4" sqref="A4:B8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="0"/>
     <col min="2" max="2" width="12" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" s="1" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>64</v>
+        <v>46</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" s="1" t="s">
         <v>35</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>66</v>
+        <v>47</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E8"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A4" sqref="A4:E8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="0"/>
     <col min="2" max="2" width="12" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
@@ -1228,111 +1219,111 @@
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B5" s="1">
-        <v>29515</v>
+        <v>30307</v>
       </c>
       <c r="C5" s="1">
-        <v>42090</v>
+        <v>39367</v>
       </c>
       <c r="D5" s="1">
-        <v>26933</v>
+        <v>24944</v>
       </c>
       <c r="E5" s="1">
-        <v>3064</v>
+        <v>2745</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B6" s="1">
-        <v>476</v>
+        <v>444</v>
       </c>
       <c r="C6" s="1">
-        <v>1020</v>
+        <v>929</v>
       </c>
       <c r="D6" s="1">
-        <v>1022</v>
+        <v>872</v>
       </c>
       <c r="E6" s="1">
-        <v>47</v>
+        <v>26</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B7" s="1">
-        <v>92</v>
+        <v>54</v>
       </c>
       <c r="C7" s="1">
-        <v>91</v>
+        <v>70</v>
       </c>
       <c r="D7" s="1">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="E7" s="1">
-        <v>26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B8" s="1">
-        <v>135</v>
+        <v>144</v>
       </c>
       <c r="C8" s="1">
-        <v>126</v>
+        <v>133</v>
       </c>
       <c r="D8" s="1">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="E8" s="1">
-        <v>13</v>
+        <v>10</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C9"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A4" sqref="A4:C9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="0"/>
     <col min="2" max="2" width="12" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
@@ -1342,95 +1333,95 @@
       <c r="A1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1">
-        <v>30218</v>
+        <v>30949</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1">
-        <v>43327</v>
+        <v>40499</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="1">
-        <v>28180</v>
+        <v>26041</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="1">
-        <v>3150</v>
+        <v>2801</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="1">
-        <v>104875</v>
+        <v>100290</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C9"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A4" sqref="A4:C9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
@@ -1443,148 +1434,148 @@
       <c r="A1" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B5" s="1">
-        <v>101602</v>
+        <v>97363</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B6" s="1">
-        <v>2565</v>
+        <v>2271</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B7" s="1">
-        <v>227</v>
+        <v>157</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B8" s="1">
-        <v>481</v>
+        <v>499</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="1">
-        <v>104875</v>
+        <v>100290</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:B8"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A4" sqref="A4:B8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="0"/>
     <col min="2" max="2" width="12" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>29</v>
+        <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="B5" s="1" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" s="1" t="s">
         <v>35</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>36</v>
       </c>
@@ -1626,77 +1617,77 @@
         <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="1" t="s">
         <v>38</v>
       </c>
       <c r="B5" s="1">
-        <v>2058</v>
+        <v>2072</v>
       </c>
       <c r="C5" s="1">
-        <v>4053</v>
+        <v>4379</v>
       </c>
       <c r="D5" s="1">
-        <v>3002</v>
+        <v>3166</v>
       </c>
       <c r="E5" s="1">
-        <v>288</v>
+        <v>244</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="1" t="s">
         <v>39</v>
       </c>
       <c r="B6" s="1">
-        <v>7187</v>
+        <v>7074</v>
       </c>
       <c r="C6" s="1">
-        <v>8472</v>
+        <v>8581</v>
       </c>
       <c r="D6" s="1">
-        <v>3701</v>
+        <v>3709</v>
       </c>
       <c r="E6" s="1">
-        <v>942</v>
+        <v>891</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C9"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A4" sqref="A4:C9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="0"/>
     <col min="2" max="2" width="12" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
@@ -1706,98 +1697,98 @@
       <c r="A1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1">
-        <v>9245</v>
+        <v>9146</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1">
-        <v>12525</v>
+        <v>12960</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>41</v>
+        <v>26</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="1">
-        <v>6703</v>
+        <v>6875</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="1">
-        <v>1230</v>
+        <v>1135</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="1">
-        <v>29703</v>
+        <v>30116</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C7"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A4" sqref="A4:C7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="0"/>
     <col min="2" max="2" width="12" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
@@ -1807,150 +1798,150 @@
       <c r="A1" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="s">
         <v>38</v>
       </c>
       <c r="B5" s="1">
-        <v>9401</v>
+        <v>9861</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="s">
         <v>39</v>
       </c>
       <c r="B6" s="1">
-        <v>20302</v>
+        <v>20255</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B7" s="1">
-        <v>29703</v>
+        <v>30116</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:B8"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A4" sqref="A4:B8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="0"/>
     <col min="2" max="2" width="12" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" s="1" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" s="1" t="s">
         <v>35</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>13</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>