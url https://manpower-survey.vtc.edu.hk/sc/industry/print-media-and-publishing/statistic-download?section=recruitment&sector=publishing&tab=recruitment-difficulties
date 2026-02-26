--- v0 (2025-12-05)
+++ v1 (2026-02-26)
@@ -23,63 +23,63 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="L1_Recruit (B)_SC" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="8">
   <si>
     <t>图表名称:招聘困难</t>
   </si>
   <si>
     <t>行业名称:出版</t>
   </si>
   <si>
     <t>第一</t>
   </si>
   <si>
+    <t>应徵者认为薪酬欠吸引</t>
+  </si>
+  <si>
+    <t>第二</t>
+  </si>
+  <si>
     <t>应徵者缺乏相关经验</t>
   </si>
   <si>
-    <t>第二</t>
-[...4 lines deleted...]
-  <si>
     <t>第三</t>
   </si>
   <si>
-    <t>应徵者并无相关技能／知识</t>
+    <t>应徵者不愿意长时间轮班工作</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>