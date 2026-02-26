--- v0 (2025-12-05)
+++ v1 (2026-02-26)
@@ -14,167 +14,161 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="1" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="L1_Income (B)_SC" sheetId="1" r:id="rId4"/>
     <sheet name="L2_Income (B)_SC" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>图表名称:每月薪酬</t>
   </si>
   <si>
     <t>行业名称:出版</t>
   </si>
   <si>
     <t>每月收入</t>
   </si>
   <si>
-    <t>$10,000 或以下</t>
+    <t>$15,000 或以下</t>
+  </si>
+  <si>
+    <t>1.1%</t>
+  </si>
+  <si>
+    <t>12.0%</t>
+  </si>
+  <si>
+    <t>$15,001 - $20,000</t>
+  </si>
+  <si>
+    <t>30.9%</t>
+  </si>
+  <si>
+    <t>44.1%</t>
+  </si>
+  <si>
+    <t>$20,001 - $30,000</t>
+  </si>
+  <si>
+    <t>40.3%</t>
+  </si>
+  <si>
+    <t>27.8%</t>
+  </si>
+  <si>
+    <t>$30,001 - $45,000</t>
+  </si>
+  <si>
+    <t>19.4%</t>
+  </si>
+  <si>
+    <t>12.1%</t>
+  </si>
+  <si>
+    <t>$45,001 - $60,000</t>
+  </si>
+  <si>
+    <t>5.7%</t>
+  </si>
+  <si>
+    <t>2.0%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">$60,000以上 </t>
+  </si>
+  <si>
+    <t>2.6%</t>
+  </si>
+  <si>
+    <t>经理</t>
+  </si>
+  <si>
+    <t>主任</t>
+  </si>
+  <si>
+    <t>技术人员</t>
   </si>
   <si>
     <t>0.0%</t>
   </si>
   <si>
-    <t>2.0%</t>
-[...44 lines deleted...]
-    <t xml:space="preserve">$60,000以上 </t>
+    <t>0.2%</t>
   </si>
   <si>
     <t>2.2%</t>
   </si>
   <si>
-    <t>经理</t>
-[...47 lines deleted...]
-    <t>11.9%</t>
+    <t>14.6%</t>
+  </si>
+  <si>
+    <t>52.3%</t>
+  </si>
+  <si>
+    <t>14.2%</t>
+  </si>
+  <si>
+    <t>52.8%</t>
+  </si>
+  <si>
+    <t>42.6%</t>
+  </si>
+  <si>
+    <t>46.9%</t>
+  </si>
+  <si>
+    <t>29.5%</t>
+  </si>
+  <si>
+    <t>2.9%</t>
+  </si>
+  <si>
+    <t>25.1%</t>
+  </si>
+  <si>
+    <t>3.1%</t>
+  </si>
+  <si>
+    <t>13.8%</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -500,82 +494,82 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C11"/>
+  <dimension ref="A1:C10"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A4" sqref="A4:C11"/>
+      <selection activeCell="A4" sqref="A4:C10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="0"/>
     <col min="2" max="2" width="12" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="1">
+        <v>2025</v>
+      </c>
+      <c r="C4" s="1">
         <v>2020</v>
-      </c>
-[...1 lines deleted...]
-        <v>2016</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="7" spans="1:3">
@@ -594,213 +588,188 @@
         <v>12</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>16</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>5</v>
+        <v>19</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>19</v>
-[...10 lines deleted...]
-        <v>21</v>
+        <v>17</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D11"/>
+  <dimension ref="A1:D10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A4" sqref="A4:D11"/>
+      <selection activeCell="A4" sqref="A4:D10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="0"/>
     <col min="2" max="2" width="12" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="12" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" s="1" t="s">
         <v>22</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>4</v>
+        <v>23</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>4</v>
+        <v>24</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>4</v>
+        <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>4</v>
+        <v>23</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>36</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>4</v>
-[...13 lines deleted...]
-        <v>4</v>
+        <v>23</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>