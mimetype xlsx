--- v0 (2026-01-20)
+++ v1 (2026-03-26)
@@ -43,105 +43,105 @@
   <si>
     <t>行业名称:银行</t>
   </si>
   <si>
     <t>职级</t>
   </si>
   <si>
     <t>教育程度_1</t>
   </si>
   <si>
     <t>百分比_1</t>
   </si>
   <si>
     <t>教育程度_2</t>
   </si>
   <si>
     <t>百分比_2</t>
   </si>
   <si>
     <t>经理</t>
   </si>
   <si>
     <t>学士学位</t>
   </si>
   <si>
-    <t>94.0%</t>
+    <t>94.9%</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>主管／主任</t>
   </si>
   <si>
-    <t>72.5%</t>
+    <t>77.5%</t>
   </si>
   <si>
     <t>文员</t>
   </si>
   <si>
+    <t>文凭／证书</t>
+  </si>
+  <si>
+    <t>56.8%</t>
+  </si>
+  <si>
+    <t>教育程度</t>
+  </si>
+  <si>
+    <t>研究生学位</t>
+  </si>
+  <si>
+    <t>5.1%</t>
+  </si>
+  <si>
+    <t>0.02%</t>
+  </si>
+  <si>
+    <t>0.0%</t>
+  </si>
+  <si>
+    <t>0.1%</t>
+  </si>
+  <si>
+    <t>副学位</t>
+  </si>
+  <si>
+    <t>20.6%</t>
+  </si>
+  <si>
+    <t>23.0%</t>
+  </si>
+  <si>
+    <t>1.8%</t>
+  </si>
+  <si>
     <t>中四至中七</t>
   </si>
   <si>
-    <t>52.6%</t>
-[...35 lines deleted...]
-    <t>4.7%</t>
+    <t>20.1%</t>
   </si>
   <si>
     <t>中三或以下</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -624,121 +624,121 @@
     <row r="4" spans="1:4">
       <c r="A4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="B7" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="B7" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="1" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>25</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="1" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C9" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" s="1" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>