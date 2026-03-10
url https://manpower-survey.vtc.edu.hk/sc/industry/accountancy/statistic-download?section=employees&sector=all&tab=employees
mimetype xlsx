--- v0 (2025-12-05)
+++ v1 (2026-03-10)
@@ -62,99 +62,99 @@
   <si>
     <t>主管</t>
   </si>
   <si>
     <t>文员</t>
   </si>
   <si>
     <t>培训人员</t>
   </si>
   <si>
     <t>总数</t>
   </si>
   <si>
     <t>图表名称:按门类划分的雇员</t>
   </si>
   <si>
     <t>门类</t>
   </si>
   <si>
     <t>会计师事务所</t>
   </si>
   <si>
     <t>政府部门、非政府机构和法定组织</t>
   </si>
   <si>
-    <t>商业及服务行业机构</t>
-[...2 lines deleted...]
-    <t>工业机构</t>
+    <t>商业及服务行业公司、教育机构</t>
+  </si>
+  <si>
+    <t>工业公司</t>
   </si>
   <si>
     <t>图表名称:按职级划分的雇员人数变化</t>
   </si>
   <si>
-    <t>与2017年相比之按年变化</t>
-[...11 lines deleted...]
-    <t>-0.1%</t>
+    <t>与2021年相比之按年变化</t>
+  </si>
+  <si>
+    <t>-0.9%</t>
+  </si>
+  <si>
+    <t>-3.6%</t>
+  </si>
+  <si>
+    <t>4.7%</t>
+  </si>
+  <si>
+    <t>-2.0%</t>
+  </si>
+  <si>
+    <t>1.8%</t>
+  </si>
+  <si>
+    <t>-7.0%</t>
+  </si>
+  <si>
+    <t>整体</t>
+  </si>
+  <si>
+    <t>0.6%</t>
+  </si>
+  <si>
+    <t>图表名称:按门类划分的雇员人数变化</t>
+  </si>
+  <si>
+    <t>1.5%</t>
+  </si>
+  <si>
+    <t>商业及服务行业公司、教育机构、政府部门、非政府机构和法定组织</t>
   </si>
   <si>
     <t>0.1%</t>
   </si>
   <si>
-    <t>2.2%</t>
-[...20 lines deleted...]
-    <t>0.2%</t>
+    <t>3.0%</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -518,99 +518,99 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="0"/>
     <col min="2" max="2" width="12" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1">
-        <v>5303</v>
+        <v>5121</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1">
-        <v>10500</v>
+        <v>9078</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="1">
-        <v>11111</v>
+        <v>13358</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="1">
-        <v>23821</v>
+        <v>21966</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="1">
-        <v>52811</v>
+        <v>56684</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="1">
-        <v>932</v>
+        <v>698</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="1">
-        <v>104478</v>
+        <v>106905</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G8"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A4" sqref="A4:G8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="0"/>
     <col min="2" max="2" width="12" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
@@ -631,132 +631,132 @@
       </c>
       <c r="B4" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="1">
-        <v>4204</v>
+        <v>4057</v>
       </c>
       <c r="C5" s="1">
-        <v>2096</v>
+        <v>2041</v>
       </c>
       <c r="D5" s="1">
-        <v>3130</v>
+        <v>3763</v>
       </c>
       <c r="E5" s="1">
-        <v>6157</v>
+        <v>5467</v>
       </c>
       <c r="F5" s="1">
-        <v>9338</v>
+        <v>11171</v>
       </c>
       <c r="G5" s="1">
-        <v>128</v>
+        <v>77</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="1">
-        <v>89</v>
+        <v>70</v>
       </c>
       <c r="C6" s="1">
-        <v>592</v>
+        <v>432</v>
       </c>
       <c r="D6" s="1">
-        <v>412</v>
+        <v>476</v>
       </c>
       <c r="E6" s="1">
-        <v>1534</v>
+        <v>1415</v>
       </c>
       <c r="F6" s="1">
-        <v>3165</v>
+        <v>2466</v>
       </c>
       <c r="G6" s="1">
-        <v>324</v>
+        <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="1">
-        <v>959</v>
+        <v>952</v>
       </c>
       <c r="C7" s="1">
-        <v>7429</v>
+        <v>6280</v>
       </c>
       <c r="D7" s="1">
-        <v>7061</v>
+        <v>8496</v>
       </c>
       <c r="E7" s="1">
-        <v>14818</v>
+        <v>13742</v>
       </c>
       <c r="F7" s="1">
-        <v>37112</v>
+        <v>39256</v>
       </c>
       <c r="G7" s="1">
-        <v>480</v>
+        <v>618</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="1">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="C8" s="1">
-        <v>383</v>
+        <v>325</v>
       </c>
       <c r="D8" s="1">
-        <v>508</v>
+        <v>623</v>
       </c>
       <c r="E8" s="1">
-        <v>1312</v>
+        <v>1342</v>
       </c>
       <c r="F8" s="1">
-        <v>3196</v>
+        <v>3791</v>
       </c>
       <c r="G8" s="1">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C11"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A4" sqref="A4:C11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
@@ -764,216 +764,205 @@
     <col min="2" max="2" width="12" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="1">
-        <v>5303</v>
+        <v>5121</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1">
-        <v>10500</v>
+        <v>9078</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="1">
-        <v>11111</v>
+        <v>13358</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="1">
-        <v>23821</v>
+        <v>21966</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="1">
-        <v>52811</v>
+        <v>56684</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="1">
-        <v>932</v>
+        <v>698</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="1">
-        <v>104478</v>
+        <v>106905</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C9"/>
+  <dimension ref="A1:C8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A4" sqref="A4:C9"/>
+      <selection activeCell="A4" sqref="A4:C8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="0"/>
     <col min="2" max="2" width="12" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="1">
-        <v>25053</v>
+        <v>26576</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="B6" s="1">
-        <v>6116</v>
+        <v>74206</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B7" s="1">
-        <v>67859</v>
+        <v>6123</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="B8" s="1">
-        <v>5450</v>
+        <v>106905</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>29</v>
-[...10 lines deleted...]
-        <v>30</v>
+        <v>25</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>