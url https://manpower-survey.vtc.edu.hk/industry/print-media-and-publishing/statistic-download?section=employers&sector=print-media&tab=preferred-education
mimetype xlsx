--- v0 (2025-12-05)
+++ v1 (2026-02-26)
@@ -37,120 +37,120 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>Chart Title: Preferred Education</t>
   </si>
   <si>
     <t>Sector Name: Print Media</t>
   </si>
   <si>
     <t>Job Level</t>
   </si>
   <si>
     <t>Education_1</t>
   </si>
   <si>
     <t>Percentage_1</t>
   </si>
   <si>
     <t>Education_2</t>
   </si>
   <si>
     <t>Percentage_2</t>
   </si>
   <si>
-    <t>Technologist/ Managerial</t>
+    <t>Technologist / Managerial</t>
   </si>
   <si>
     <t>First Degree</t>
   </si>
   <si>
-    <t>48.9%</t>
+    <t>58.6%</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>Technician / Supervisory</t>
+  </si>
+  <si>
+    <t>Diploma / Certificate</t>
+  </si>
+  <si>
+    <t>46.6%</t>
   </si>
   <si>
     <t>Secondary 4 to 7</t>
   </si>
   <si>
-    <t>22.4%</t>
-[...11 lines deleted...]
-    <t>37.6%</t>
+    <t>25.6%</t>
   </si>
   <si>
     <t>Craftsman</t>
   </si>
   <si>
-    <t>53.2%</t>
-[...2 lines deleted...]
-    <t>-</t>
+    <t>52.4%</t>
   </si>
   <si>
     <t>Preferred Education</t>
   </si>
   <si>
     <t>Postgraduate Degree</t>
   </si>
   <si>
-    <t>1.6%</t>
+    <t>1.7%</t>
   </si>
   <si>
     <t>0.0%</t>
   </si>
   <si>
-    <t>7.1%</t>
+    <t>9.0%</t>
   </si>
   <si>
     <t>Sub-degree</t>
   </si>
   <si>
-    <t>8.0%</t>
-[...8 lines deleted...]
-    <t>7.5%</t>
+    <t>31.0%</t>
+  </si>
+  <si>
+    <t>18.8%</t>
+  </si>
+  <si>
+    <t>8.6%</t>
+  </si>
+  <si>
+    <t>24.0%</t>
+  </si>
+  <si>
+    <t>0.1%</t>
   </si>
   <si>
     <t>Secondary 3 or below</t>
   </si>
   <si>
-    <t>39.3%</t>
+    <t>23.6%</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -532,216 +532,216 @@
       </c>
       <c r="C4" s="1" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="B6" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="C6" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="C6" s="1" t="s">
+      <c r="D6" s="1" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>17</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A4" sqref="A4:D10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="0"/>
     <col min="2" max="2" width="12" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="12" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="1" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="B5" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="C5" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="C5" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D5" s="1" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B7" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="C7" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C7" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D7" s="1" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="C8" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="B8" s="1" t="s">
+      <c r="D8" s="1" t="s">
         <v>27</v>
-      </c>
-[...4 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="1" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="1" t="s">
         <v>29</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>30</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>