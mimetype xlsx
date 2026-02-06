--- v0 (2025-12-05)
+++ v1 (2026-02-06)
@@ -6,139 +6,121 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="2" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="L1_Demand (B)" sheetId="1" r:id="rId4"/>
-[...1 lines deleted...]
-    <sheet name="L2_Additional (B)" sheetId="3" r:id="rId6"/>
+    <sheet name="L1_Demand (A)" sheetId="1" r:id="rId4"/>
+    <sheet name="L2_Trend (A)" sheetId="2" r:id="rId5"/>
+    <sheet name="L2_Additional (A)" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>Chart Title: Manpower Demand</t>
   </si>
   <si>
     <t>Sector Name: Wholesale</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Manpower</t>
   </si>
   <si>
     <t>Descrption</t>
   </si>
   <si>
     <t>Actual</t>
   </si>
   <si>
     <t>Forecast</t>
   </si>
   <si>
     <t>Average Annual Growth</t>
   </si>
   <si>
-    <t>-3.5%</t>
+    <t>-0.9%</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
-    <t>Note :(1) The figures included employees and vacancies
+    <t>Note :(1) The figures included full-time employees and full-time vacancies.
 (2) The manpower forecast is based on the historical manpower survey data, together with the market trends in a longer term, technological developments of the industry and other social-economic determinants.</t>
   </si>
   <si>
     <t>Chart Title: Manpower Trend</t>
   </si>
   <si>
     <t>Survey year</t>
   </si>
   <si>
     <t>Projected</t>
   </si>
   <si>
-    <t xml:space="preserve">2010 </t>
-[...1 lines deleted...]
-  <si>
     <t>Y</t>
   </si>
   <si>
-    <t xml:space="preserve">2012 </t>
-[...13 lines deleted...]
-  <si>
     <t>Chart Title: Annual Additional Manpower Requirement</t>
   </si>
   <si>
     <t>Job Level</t>
   </si>
   <si>
     <t>Managerial</t>
   </si>
   <si>
     <t>Supervisory</t>
   </si>
   <si>
-    <t>Clerical / Operative Support</t>
+    <t>Operative / Clerical Support</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -504,347 +486,335 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="B5" s="1">
-        <v>33914</v>
+        <v>32395</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1">
-        <v>2024</v>
+        <v>2028</v>
       </c>
       <c r="B6" s="1">
-        <v>29434</v>
+        <v>31283</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D15"/>
+  <dimension ref="A1:D14"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A4" sqref="A4:D13"/>
+      <selection activeCell="A4" sqref="A4:D12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="0"/>
     <col min="2" max="2" width="12" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" customWidth="true" style="0"/>
     <col min="4" max="4" width="12" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>13</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:4">
-      <c r="A5" s="1" t="s">
+      <c r="A5" s="1">
+        <v>2014</v>
+      </c>
+      <c r="B5" s="1" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1">
-        <v>43673</v>
+        <v>41956</v>
       </c>
     </row>
     <row r="6" spans="1:4">
-      <c r="A6" s="1" t="s">
-        <v>16</v>
+      <c r="A6" s="1">
+        <v>2016</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1">
-        <v>42070</v>
+        <v>41268</v>
       </c>
     </row>
     <row r="7" spans="1:4">
-      <c r="A7" s="1" t="s">
-        <v>17</v>
+      <c r="A7" s="1">
+        <v>2020</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1">
-        <v>41956</v>
+        <v>33914</v>
       </c>
     </row>
     <row r="8" spans="1:4">
-      <c r="A8" s="1" t="s">
-        <v>18</v>
+      <c r="A8" s="1">
+        <v>2024</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1">
-        <v>41268</v>
+        <v>32395</v>
       </c>
     </row>
     <row r="9" spans="1:4">
-      <c r="A9" s="1" t="s">
-[...5 lines deleted...]
-      <c r="C9" s="1"/>
+      <c r="A9" s="1">
+        <v>2025</v>
+      </c>
+      <c r="B9" s="1"/>
+      <c r="C9" s="1" t="s">
+        <v>14</v>
+      </c>
       <c r="D9" s="1">
-        <v>33914</v>
+        <v>32077</v>
       </c>
     </row>
     <row r="10" spans="1:4">
-      <c r="A10" s="1" t="s">
-        <v>20</v>
+      <c r="A10" s="1">
+        <v>2026</v>
       </c>
       <c r="B10" s="1"/>
       <c r="C10" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D10" s="1">
-        <v>32497</v>
+        <v>31787</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="1">
-        <v>2022</v>
+        <v>2027</v>
       </c>
       <c r="B11" s="1"/>
       <c r="C11" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D11" s="1">
-        <v>31301</v>
+        <v>31523</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="1">
-        <v>2023</v>
+        <v>2028</v>
       </c>
       <c r="B12" s="1"/>
       <c r="C12" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D12" s="1">
-        <v>30290</v>
-[...15 lines deleted...]
-      <c r="A15" t="s">
+        <v>31283</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4">
+      <c r="A14" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:B9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A4" sqref="A4:B7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="0"/>
     <col min="2" max="2" width="12" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" s="1" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" s="1" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="B5" s="1">
-        <v>44</v>
+        <v>-18</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" s="1" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="B6" s="1">
-        <v>59</v>
+        <v>-17</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" s="1" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="B7" s="1">
-        <v>1576</v>
+        <v>908</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
-      <vt:lpstr>L1_Demand (B)</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>L2_Additional (B)</vt:lpstr>
+      <vt:lpstr>L1_Demand (A)</vt:lpstr>
+      <vt:lpstr>L2_Trend (A)</vt:lpstr>
+      <vt:lpstr>L2_Additional (A)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>