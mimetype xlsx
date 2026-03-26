--- v0 (2025-12-05)
+++ v1 (2026-03-26)
@@ -14,134 +14,137 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="1" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="L1_Edu (A)" sheetId="1" r:id="rId4"/>
     <sheet name="L2_Edu (A)" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Chart Title: Preferred Education</t>
   </si>
   <si>
     <t>Sector Name: Banking</t>
   </si>
   <si>
     <t>Job Level</t>
   </si>
   <si>
     <t>Education_1</t>
   </si>
   <si>
     <t>Percentage_1</t>
   </si>
   <si>
     <t>Education_2</t>
   </si>
   <si>
     <t>Percentage_2</t>
   </si>
   <si>
     <t>Managerial</t>
   </si>
   <si>
     <t>First Degree</t>
   </si>
   <si>
-    <t>94.0%</t>
+    <t>94.9%</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Supervisory/ Officer</t>
   </si>
   <si>
-    <t>72.5%</t>
+    <t>77.5%</t>
   </si>
   <si>
     <t>Clerical</t>
   </si>
   <si>
+    <t>Diploma/ Certificate</t>
+  </si>
+  <si>
+    <t>56.8%</t>
+  </si>
+  <si>
+    <t>Education</t>
+  </si>
+  <si>
+    <t>Postgraduate Degree</t>
+  </si>
+  <si>
+    <t>5.1%</t>
+  </si>
+  <si>
+    <t>0.02%</t>
+  </si>
+  <si>
+    <t>0.0%</t>
+  </si>
+  <si>
+    <t>0.1%</t>
+  </si>
+  <si>
+    <t>Sub-degree</t>
+  </si>
+  <si>
+    <t>20.6%</t>
+  </si>
+  <si>
+    <t>23.0%</t>
+  </si>
+  <si>
+    <t>Diploma / Certificate</t>
+  </si>
+  <si>
+    <t>1.8%</t>
+  </si>
+  <si>
     <t>Secondary 4 - 7</t>
   </si>
   <si>
-    <t>52.6%</t>
-[...35 lines deleted...]
-    <t>4.7%</t>
+    <t>20.1%</t>
   </si>
   <si>
     <t>Secondary 3 or below</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -624,121 +627,121 @@
     <row r="4" spans="1:4">
       <c r="A4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="B7" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="B7" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="1" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>